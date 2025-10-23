--- v0 (2025-10-01)
+++ v1 (2025-10-23)
@@ -127,51 +127,51 @@
           <w:shd w:val="clear" w:fill="3844ca"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="start"/>
           </w:pPr>
           <w:r>
             <w:pict>
               <v:shape type="#_x0000_t75" stroked="f" style="width:250pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-wrap-distance-top:10pt; mso-wrap-distance-left:20pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                 <w10:wrap type="inline"/>
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="09AE1E0A"/>
+    <w:nsid w:val="138442A6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>