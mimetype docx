--- v1 (2025-10-23)
+++ v2 (2025-11-15)
@@ -127,51 +127,51 @@
           <w:shd w:val="clear" w:fill="3844ca"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="start"/>
           </w:pPr>
           <w:r>
             <w:pict>
               <v:shape type="#_x0000_t75" stroked="f" style="width:250pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-wrap-distance-top:10pt; mso-wrap-distance-left:20pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                 <w10:wrap type="inline"/>
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="138442A6"/>
+    <w:nsid w:val="C8BDDF33"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>