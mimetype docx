--- v2 (2025-11-15)
+++ v3 (2025-12-06)
@@ -127,51 +127,51 @@
           <w:shd w:val="clear" w:fill="3844ca"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="start"/>
           </w:pPr>
           <w:r>
             <w:pict>
               <v:shape type="#_x0000_t75" stroked="f" style="width:250pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-wrap-distance-top:10pt; mso-wrap-distance-left:20pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                 <w10:wrap type="inline"/>
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="C8BDDF33"/>
+    <w:nsid w:val="FCF98DF2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>