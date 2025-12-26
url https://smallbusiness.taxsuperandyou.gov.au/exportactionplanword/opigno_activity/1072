--- v3 (2025-12-06)
+++ v4 (2025-12-26)
@@ -127,51 +127,51 @@
           <w:shd w:val="clear" w:fill="3844ca"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="start"/>
           </w:pPr>
           <w:r>
             <w:pict>
               <v:shape type="#_x0000_t75" stroked="f" style="width:250pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-wrap-distance-top:10pt; mso-wrap-distance-left:20pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                 <w10:wrap type="inline"/>
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="FCF98DF2"/>
+    <w:nsid w:val="6DA1A600"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>