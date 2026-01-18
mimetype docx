--- v4 (2025-12-26)
+++ v5 (2026-01-18)
@@ -127,51 +127,51 @@
           <w:shd w:val="clear" w:fill="3844ca"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="start"/>
           </w:pPr>
           <w:r>
             <w:pict>
               <v:shape type="#_x0000_t75" stroked="f" style="width:250pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-wrap-distance-top:10pt; mso-wrap-distance-left:20pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                 <w10:wrap type="inline"/>
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="6DA1A600"/>
+    <w:nsid w:val="3F2CC9DA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>