--- v5 (2026-01-18)
+++ v6 (2026-01-18)
@@ -127,51 +127,51 @@
           <w:shd w:val="clear" w:fill="3844ca"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="start"/>
           </w:pPr>
           <w:r>
             <w:pict>
               <v:shape type="#_x0000_t75" stroked="f" style="width:250pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-wrap-distance-top:10pt; mso-wrap-distance-left:20pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                 <w10:wrap type="inline"/>
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="3F2CC9DA"/>
+    <w:nsid w:val="8159E99E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>