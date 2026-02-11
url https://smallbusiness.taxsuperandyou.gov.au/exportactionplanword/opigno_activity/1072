--- v6 (2026-01-18)
+++ v7 (2026-02-11)
@@ -127,51 +127,51 @@
           <w:shd w:val="clear" w:fill="3844ca"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="start"/>
           </w:pPr>
           <w:r>
             <w:pict>
               <v:shape type="#_x0000_t75" stroked="f" style="width:250pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-wrap-distance-top:10pt; mso-wrap-distance-left:20pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                 <w10:wrap type="inline"/>
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="8159E99E"/>
+    <w:nsid w:val="20864E75"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>