--- v7 (2026-02-11)
+++ v8 (2026-03-03)
@@ -127,51 +127,51 @@
           <w:shd w:val="clear" w:fill="3844ca"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="start"/>
           </w:pPr>
           <w:r>
             <w:pict>
               <v:shape type="#_x0000_t75" stroked="f" style="width:250pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-wrap-distance-top:10pt; mso-wrap-distance-left:20pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                 <w10:wrap type="inline"/>
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="20864E75"/>
+    <w:nsid w:val="6D31C4B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>