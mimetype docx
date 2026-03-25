--- v8 (2026-03-03)
+++ v9 (2026-03-25)
@@ -127,51 +127,51 @@
           <w:shd w:val="clear" w:fill="3844ca"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="start"/>
           </w:pPr>
           <w:r>
             <w:pict>
               <v:shape type="#_x0000_t75" stroked="f" style="width:250pt; height:60pt; margin-left:0pt; margin-top:0pt; mso-wrap-distance-top:10pt; mso-wrap-distance-left:20pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                 <w10:wrap type="inline"/>
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="6D31C4B7"/>
+    <w:nsid w:val="7CE18675"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading1"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="tab"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num"/>
         </w:tabs>
         <w:ind/>
       </w:pPr>